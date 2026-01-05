--- v0 (2025-12-14)
+++ v1 (2026-01-05)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DCC37C6" w14:textId="7D48D586" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
+    <w:p w14:paraId="0DCC37C6" w14:textId="541DA661" w:rsidR="000A18F1" w:rsidRPr="00A36620" w:rsidRDefault="003D3DD1" w:rsidP="000A18F1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00A36620">
         <w:rPr>
@@ -129,59 +129,69 @@
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00D07DE9" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E37427" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D28A1">
+      <w:r w:rsidR="00FB2634">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2026</w:t>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="002D28A1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-2026</w:t>
       </w:r>
       <w:r w:rsidR="00E41542" w:rsidRPr="002A04DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A18F1" w:rsidRPr="00A36620">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Training Registration Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E845F20" w14:textId="77777777" w:rsidR="0062693B" w:rsidRPr="00A36620" w:rsidRDefault="0062693B" w:rsidP="0062693B">
       <w:pPr>
         <w:spacing w:after="40"/>
@@ -6515,51 +6525,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1766805165">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="158935294">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="562957466">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2123068660">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="658076241">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MgO+aObqDfrdb671fVqAC51Xnd6aocU7Kmby9tJWMqy4wJV/pseGcqEynegKvtrntvEJ/5idMl52B1gQORMBLw==" w:salt="lu8VxAW7sw44AyTYO/rPtA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="xkNdsTU+ZEwgmlaTFI+4SSfl13EQIj4F3ORFNaoI+soUpdJodpnp3vhlgHL399P2iX+bFWGP+CJ5Iq8UpPpANA==" w:salt="fcqBZUcOFKMnOUXliWqVZw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00761F5C"/>
     <w:rsid w:val="00000D91"/>
     <w:rsid w:val="00014B32"/>
     <w:rsid w:val="00014F7B"/>
     <w:rsid w:val="00016496"/>
     <w:rsid w:val="000348B9"/>
@@ -6689,60 +6699,58 @@
     <w:rsid w:val="00654FDC"/>
     <w:rsid w:val="00657350"/>
     <w:rsid w:val="00660BA5"/>
     <w:rsid w:val="00687E76"/>
     <w:rsid w:val="006A2975"/>
     <w:rsid w:val="006B4588"/>
     <w:rsid w:val="006C62BC"/>
     <w:rsid w:val="006D3BF6"/>
     <w:rsid w:val="006D4548"/>
     <w:rsid w:val="006D59B6"/>
     <w:rsid w:val="006E2619"/>
     <w:rsid w:val="006F7300"/>
     <w:rsid w:val="007141B3"/>
     <w:rsid w:val="00732D33"/>
     <w:rsid w:val="007403D2"/>
     <w:rsid w:val="00754C7A"/>
     <w:rsid w:val="00761B02"/>
     <w:rsid w:val="00761F5C"/>
     <w:rsid w:val="0076325B"/>
     <w:rsid w:val="007671C7"/>
     <w:rsid w:val="00770165"/>
     <w:rsid w:val="007A0195"/>
     <w:rsid w:val="007B4F70"/>
     <w:rsid w:val="007C43ED"/>
     <w:rsid w:val="007C51B4"/>
-    <w:rsid w:val="007C6520"/>
     <w:rsid w:val="007D42E3"/>
     <w:rsid w:val="007E1DCE"/>
     <w:rsid w:val="007F51DB"/>
     <w:rsid w:val="007F6863"/>
     <w:rsid w:val="008037F4"/>
     <w:rsid w:val="0080454F"/>
     <w:rsid w:val="00813B11"/>
     <w:rsid w:val="00817F82"/>
-    <w:rsid w:val="00823245"/>
     <w:rsid w:val="00827561"/>
     <w:rsid w:val="00831231"/>
     <w:rsid w:val="00832335"/>
     <w:rsid w:val="00836CBF"/>
     <w:rsid w:val="008400E2"/>
     <w:rsid w:val="0084436C"/>
     <w:rsid w:val="008451DF"/>
     <w:rsid w:val="00855466"/>
     <w:rsid w:val="00856F6B"/>
     <w:rsid w:val="008624A7"/>
     <w:rsid w:val="00865591"/>
     <w:rsid w:val="00871B2B"/>
     <w:rsid w:val="00872CB3"/>
     <w:rsid w:val="00874ABA"/>
     <w:rsid w:val="0089454D"/>
     <w:rsid w:val="00895394"/>
     <w:rsid w:val="008A0383"/>
     <w:rsid w:val="008A5BFD"/>
     <w:rsid w:val="008B37BC"/>
     <w:rsid w:val="008C0120"/>
     <w:rsid w:val="008C54F0"/>
     <w:rsid w:val="008C66BA"/>
     <w:rsid w:val="008D6EA4"/>
     <w:rsid w:val="008F05C1"/>
     <w:rsid w:val="008F2B6D"/>
@@ -6750,104 +6758,103 @@
     <w:rsid w:val="008F79FA"/>
     <w:rsid w:val="0090789E"/>
     <w:rsid w:val="009225F0"/>
     <w:rsid w:val="00924922"/>
     <w:rsid w:val="00930913"/>
     <w:rsid w:val="00933DD6"/>
     <w:rsid w:val="00934E38"/>
     <w:rsid w:val="0093732A"/>
     <w:rsid w:val="009377D4"/>
     <w:rsid w:val="00947257"/>
     <w:rsid w:val="0095062F"/>
     <w:rsid w:val="0095361E"/>
     <w:rsid w:val="00970E9F"/>
     <w:rsid w:val="00975B63"/>
     <w:rsid w:val="00976848"/>
     <w:rsid w:val="009862C0"/>
     <w:rsid w:val="00990F92"/>
     <w:rsid w:val="009A460C"/>
     <w:rsid w:val="009A59CA"/>
     <w:rsid w:val="009B312A"/>
     <w:rsid w:val="009C48BB"/>
     <w:rsid w:val="009E155A"/>
     <w:rsid w:val="009E265F"/>
     <w:rsid w:val="009F1106"/>
     <w:rsid w:val="009F178F"/>
-    <w:rsid w:val="00A06934"/>
     <w:rsid w:val="00A3090D"/>
     <w:rsid w:val="00A32B4A"/>
     <w:rsid w:val="00A36620"/>
     <w:rsid w:val="00A456EB"/>
     <w:rsid w:val="00A45B44"/>
     <w:rsid w:val="00A53265"/>
     <w:rsid w:val="00A61024"/>
     <w:rsid w:val="00A617C5"/>
     <w:rsid w:val="00A718C1"/>
     <w:rsid w:val="00A90426"/>
     <w:rsid w:val="00A91DEA"/>
     <w:rsid w:val="00A96B12"/>
     <w:rsid w:val="00AA1841"/>
     <w:rsid w:val="00AB6E43"/>
     <w:rsid w:val="00AC14D8"/>
     <w:rsid w:val="00AE0F1F"/>
     <w:rsid w:val="00AE6351"/>
     <w:rsid w:val="00AE67B0"/>
     <w:rsid w:val="00AE751D"/>
     <w:rsid w:val="00AF09D3"/>
     <w:rsid w:val="00AF7FEC"/>
     <w:rsid w:val="00B0060D"/>
     <w:rsid w:val="00B013FD"/>
     <w:rsid w:val="00B10F76"/>
     <w:rsid w:val="00B129BD"/>
     <w:rsid w:val="00B14200"/>
     <w:rsid w:val="00B146BF"/>
     <w:rsid w:val="00B15252"/>
     <w:rsid w:val="00B43379"/>
     <w:rsid w:val="00B55737"/>
-    <w:rsid w:val="00B55E61"/>
     <w:rsid w:val="00B56824"/>
     <w:rsid w:val="00B60E7A"/>
     <w:rsid w:val="00B61132"/>
     <w:rsid w:val="00B708C8"/>
     <w:rsid w:val="00B75DFF"/>
     <w:rsid w:val="00B82D7B"/>
     <w:rsid w:val="00BA141E"/>
     <w:rsid w:val="00BB326F"/>
     <w:rsid w:val="00BC284B"/>
     <w:rsid w:val="00BC32E1"/>
     <w:rsid w:val="00BD066B"/>
     <w:rsid w:val="00BD2DA9"/>
     <w:rsid w:val="00BD79A6"/>
     <w:rsid w:val="00BE58E7"/>
     <w:rsid w:val="00BE6E80"/>
     <w:rsid w:val="00BF4C8D"/>
     <w:rsid w:val="00BF6FEF"/>
     <w:rsid w:val="00C02857"/>
     <w:rsid w:val="00C119DF"/>
     <w:rsid w:val="00C124A5"/>
     <w:rsid w:val="00C15D40"/>
     <w:rsid w:val="00C17097"/>
+    <w:rsid w:val="00C20E0A"/>
     <w:rsid w:val="00C23DC4"/>
     <w:rsid w:val="00C464A2"/>
     <w:rsid w:val="00C50991"/>
     <w:rsid w:val="00CB2A33"/>
     <w:rsid w:val="00CC173F"/>
     <w:rsid w:val="00CC1B30"/>
     <w:rsid w:val="00CC2A48"/>
     <w:rsid w:val="00CC30B5"/>
     <w:rsid w:val="00CD00D3"/>
     <w:rsid w:val="00CF2171"/>
     <w:rsid w:val="00CF2D3D"/>
     <w:rsid w:val="00D00DAF"/>
     <w:rsid w:val="00D015ED"/>
     <w:rsid w:val="00D04E29"/>
     <w:rsid w:val="00D07DE9"/>
     <w:rsid w:val="00D13E54"/>
     <w:rsid w:val="00D1409C"/>
     <w:rsid w:val="00D372B3"/>
     <w:rsid w:val="00D56E70"/>
     <w:rsid w:val="00D63190"/>
     <w:rsid w:val="00D63BEE"/>
     <w:rsid w:val="00D66DB5"/>
     <w:rsid w:val="00D96640"/>
     <w:rsid w:val="00DA08DA"/>
     <w:rsid w:val="00DA57B3"/>
@@ -7777,75 +7784,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C538E57E-6370-4EA3-9451-843AC93E5DB0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>509</Words>
-  <Characters>2904</Characters>
+  <Words>510</Words>
+  <Characters>2908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Technical Training Registration Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>aerco</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3407</CharactersWithSpaces>
+  <CharactersWithSpaces>3412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3473468</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.aerco.com/sales</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>